--- v0 (2025-10-14)
+++ v1 (2026-03-16)
@@ -193,65 +193,65 @@
     <w:p w14:paraId="49E53D72" w14:textId="77777777" w:rsidR="00677677" w:rsidRDefault="00677677" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00677677" w:rsidSect="00860049">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1706" w:right="1268" w:bottom="1251" w:left="1704" w:header="22" w:footer="738" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64A4CC8D" w14:textId="1F2B835A" w:rsidR="00030DC4" w:rsidRDefault="007F1B47" w:rsidP="00232875">
+    <w:p w14:paraId="64A4CC8D" w14:textId="1F2B835A" w:rsidR="00030DC4" w:rsidRDefault="00367CF8" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="0E8C8607">
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:18pt;height:17.15pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+        <w:pict w14:anchorId="7D04F062">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:17.7pt;height:17.15pt;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00FF12EF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A63483">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dados do Autor</w:t>
       </w:r>
       <w:r w:rsidR="00B9681D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
@@ -456,67 +456,51 @@
     </w:p>
     <w:p w14:paraId="6B411214" w14:textId="77777777" w:rsidR="00030DC4" w:rsidRDefault="00030DC4" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F16564B" w14:textId="6151B206" w:rsidR="00030DC4" w:rsidRDefault="008C1747" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DOI: </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>DOI: xxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2537CFD3" w14:textId="77777777" w:rsidR="0055576C" w:rsidRDefault="0055576C" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F4E455C" w14:textId="77777777" w:rsidR="008C1747" w:rsidRDefault="008C1747" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63AC1117" w14:textId="108FFFA0" w:rsidR="009978B5" w:rsidRDefault="009978B5" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
@@ -704,79 +688,51 @@
         </w:rPr>
         <w:t xml:space="preserve">(entre linhas) simples e em fonte do tipo Times New Roman, tamanho </w:t>
       </w:r>
       <w:r w:rsidR="007A5DED">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00311F32" w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> As palavras-chave </w:t>
       </w:r>
       <w:r w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>deverão apresentar-se com o espaço de uma linha imediatamente abaixo do resumo e do abstract (</w:t>
-[...27 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>deverão apresentar-se com o espaço de uma linha imediatamente abaixo do resumo e do abstract (keywords) em um número mínimo de 03 (três) e no máximo de 05 (cinco) palavras-chave (keywords)</w:t>
       </w:r>
       <w:r w:rsidR="00A82989">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> separadas por ponto e vírgula</w:t>
       </w:r>
       <w:r w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. O termo "palavras-chave" deve vir em negrito e as palavras sem qualquer marcação</w:t>
       </w:r>
       <w:r w:rsidR="00311F32" w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622AAF48" w14:textId="77777777" w:rsidR="00D343F4" w:rsidRPr="00B55405" w:rsidRDefault="00D343F4" w:rsidP="00232875">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
@@ -887,65 +843,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> deve conter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> também</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6474">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> entre 200 e 250 palavras. Quanto a formatação, abstract dever</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6474">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> se apresentar sem </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de margem à direita, espaçamento (entre linhas) simples e em fonte do tipo Times New Roman, tamanho 12.</w:t>
+        <w:t xml:space="preserve"> se apresentar sem récuo de margem à direita, espaçamento (entre linhas) simples e em fonte do tipo Times New Roman, tamanho 12.</w:t>
       </w:r>
       <w:r w:rsidR="00122A73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A400A0" w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Deve conter </w:t>
       </w:r>
       <w:r w:rsidR="00122A73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o mesmo número de</w:t>
       </w:r>
       <w:r w:rsidR="00A400A0" w:rsidRPr="00B55405">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> palavras-chave</w:t>
       </w:r>
@@ -1059,59 +1001,51 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="879"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Na introdução devem ser inseridas informações como contextualização do trabalho, justificativa com relevância científica ou social, quando pertinente referencial teórico, problema da pesquisa e objetivos. Esses itens devem ser apresentados durante a introdução, sem tópicos ou subseções. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559EF92D" w14:textId="23646E28" w:rsidR="003E2D22" w:rsidRDefault="003E2D22" w:rsidP="000502D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">O corpo do texto deve seguir a seguinte formatação: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E2D22">
         <w:t>papel A-4 (29,7 x 21 cm)</w:t>
       </w:r>
       <w:r>
         <w:t>; m</w:t>
       </w:r>
       <w:r w:rsidRPr="003E2D22">
-        <w:t xml:space="preserve">argens: superior = 3cm, inferior = 2cm, esquerda= 3cm e direita= 2cm; software de editor de texto: Word for </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">; caracteres: Times New Roman em fonte 12 e espaço entre linhas de 1,5. Parágrafo de 2,5. </w:t>
+        <w:t xml:space="preserve">argens: superior = 3cm, inferior = 2cm, esquerda= 3cm e direita= 2cm; software de editor de texto: Word for windows; caracteres: Times New Roman em fonte 12 e espaço entre linhas de 1,5. Parágrafo de 2,5. </w:t>
       </w:r>
       <w:r w:rsidR="00616755">
         <w:t>Mínimo de 15 e má</w:t>
       </w:r>
       <w:r w:rsidRPr="003E2D22">
         <w:t>ximo de 20 páginas por artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C022CBB" w14:textId="77777777" w:rsidR="000502D0" w:rsidRDefault="000502D0" w:rsidP="000502D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53C97FC2" w14:textId="77777777" w:rsidR="008C19D4" w:rsidRDefault="008C19D4" w:rsidP="000502D0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
@@ -1188,118 +1122,95 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="605973FF" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRPr="000E74BE" w:rsidRDefault="00C4625E" w:rsidP="00C4625E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>2. TITULO</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="10AF4F29" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRPr="000E74BE" w:rsidRDefault="00C4625E" w:rsidP="00C4625E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.1 Título 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D09AA2" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRDefault="00C4625E" w:rsidP="00C4625E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">2.1.1 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2</w:t>
+        <w:t>2.1.1 Titulo 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CA975F" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRPr="000E74BE" w:rsidRDefault="00C4625E" w:rsidP="00C4625E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:t>Inserir aqui o segundo tópico do desenvolvimento. É possível acrescentar quantos tópicos se julgar conveniente, desde que respeitado o limite de páginas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241DD1E2" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRPr="000E74BE" w:rsidRDefault="00C4625E" w:rsidP="00C4625E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -1439,125 +1350,101 @@
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FAC3FF" w14:textId="11F8F421" w:rsidR="00C4625E" w:rsidRPr="000E74BE" w:rsidRDefault="00C4625E" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:t xml:space="preserve">BOBBIO, Norberto. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Teoria da norma jurídica.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
-        <w:t xml:space="preserve"> São Paulo: </w:t>
-[...7 lines deleted...]
-        <w:t>, 2008.</w:t>
+        <w:t xml:space="preserve"> São Paulo: Edipro, 2008.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327974D1" w14:textId="77777777" w:rsidR="005F79FF" w:rsidRDefault="005F79FF" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="456A3F0B" w14:textId="27243106" w:rsidR="00C4625E" w:rsidRDefault="00C4625E" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
         <w:t xml:space="preserve">______. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Teoria do ordenamento jurídico.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
-        <w:t xml:space="preserve"> São Paulo: </w:t>
-[...7 lines deleted...]
-        <w:t>, 2011.</w:t>
+        <w:t xml:space="preserve"> São Paulo: Edipro, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E34FEBE" w14:textId="77777777" w:rsidR="005F79FF" w:rsidRPr="000E74BE" w:rsidRDefault="005F79FF" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30F4DEA6" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRDefault="00C4625E" w:rsidP="00474DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8505"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E74BE">
-        <w:t xml:space="preserve">CINTRA, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Carlos de Araujo; GRINOVER, Ada Pellegrini; e DINAMARCO, Cândido Rangel. </w:t>
+        <w:t xml:space="preserve">CINTRA, Antonio Carlos de Araujo; GRINOVER, Ada Pellegrini; e DINAMARCO, Cândido Rangel. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Teoria geral do processo</w:t>
       </w:r>
       <w:r>
         <w:t>. 25 ed.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E74BE">
         <w:t xml:space="preserve"> São Paulo: Malheiros Editores, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416E5411" w14:textId="77777777" w:rsidR="005F79FF" w:rsidRDefault="005F79FF" w:rsidP="00474DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8505"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1587,169 +1474,152 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6392DB" w14:textId="77777777" w:rsidR="00C4625E" w:rsidRPr="0089243E" w:rsidRDefault="00C4625E" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="0089243E">
         <w:t>São Paulo: Revista dos Tribunais, 2008.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5426A945" w14:textId="77777777" w:rsidR="00216D42" w:rsidRPr="005D64D2" w:rsidRDefault="00216D42" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E47F01" w14:textId="3A52C4E2" w:rsidR="005D64D2" w:rsidRDefault="00683187" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk127266661"/>
       <w:r w:rsidRPr="00683187">
-        <w:t xml:space="preserve">SUTER, José Ricardo; CACHAPUZ, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">SUTER, José Ricardo; CACHAPUZ, Rozane da Rosa. A mediação como instrumento fortalecedor do acesso à justiça e da democracia na resolução de conflitos familiares. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00683187">
-        <w:t>Rozane</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Iuris</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Scientia Iuris</w:t>
       </w:r>
       <w:r w:rsidRPr="00683187">
         <w:t>, Londrina, v. 21, n. 2, p. 237-261, jul. 2017. DOI: 10.5433/2178-8189.2017v21n1p237. ISSN: 2178-8189.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1ECB07FE" w14:textId="20CE0530" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DFE520B" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509E67BB" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00474DEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CC06B6" w:rsidSect="00860049">
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1706" w:right="1268" w:bottom="1251" w:left="1704" w:header="22" w:footer="738" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F5985E5" w14:textId="77777777" w:rsidR="007F1B47" w:rsidRDefault="007F1B47">
+    <w:p w14:paraId="634BB7C5" w14:textId="77777777" w:rsidR="00367CF8" w:rsidRDefault="00367CF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68797542" w14:textId="77777777" w:rsidR="007F1B47" w:rsidRDefault="007F1B47">
+    <w:p w14:paraId="2AA9DF21" w14:textId="77777777" w:rsidR="00367CF8" w:rsidRDefault="00367CF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -1877,189 +1747,178 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Revista Juris </w:t>
-[...10 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+      <w:t>Revista Juris UniToledo</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Curso de Direito - Centro Universitário Toledo </w:t>
-[...10 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+      <w:t xml:space="preserve"> – Curso de Direito - Centro Universitário Toledo Wyden</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="625AB314" w14:textId="775788D3" w:rsidR="00D343F4" w:rsidRDefault="00D343F4" w:rsidP="00D343F4">
+  <w:p w14:paraId="625AB314" w14:textId="4BF04F30" w:rsidR="00D343F4" w:rsidRDefault="00D343F4" w:rsidP="00D343F4">
     <w:pPr>
       <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Araçatuba/SP-Brasil, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00860049">
+    <w:r w:rsidR="00816F64">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="000D1F3E">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:r w:rsidR="00860049">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00816F64">
+      <w:rPr>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>pp. 1-26, e-</w:t>
     </w:r>
     <w:r w:rsidRPr="00842D2C">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN: 2526-6500</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-35432067"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="40BB4072" w14:textId="27122A6C" w:rsidR="00D343F4" w:rsidRDefault="00D343F4">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21B00339" wp14:editId="23F07B28">
                   <wp:extent cx="5467350" cy="45085"/>
                   <wp:effectExtent l="9525" t="9525" r="0" b="2540"/>
                   <wp:docPr id="162228103" name="Fluxograma: Decisão 1" descr="Light horizontal"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:wsp>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
@@ -2235,65 +2094,65 @@
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00580E08">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t>3 – Inserir filiação dos autores</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> e e-mail;</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31B5D8C4" w14:textId="77777777" w:rsidR="007F1B47" w:rsidRDefault="007F1B47">
+    <w:p w14:paraId="1AF15F88" w14:textId="77777777" w:rsidR="00367CF8" w:rsidRDefault="00367CF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk158749734"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29F3A475" w14:textId="77777777" w:rsidR="007F1B47" w:rsidRDefault="007F1B47">
+    <w:p w14:paraId="1F8314B8" w14:textId="77777777" w:rsidR="00367CF8" w:rsidRDefault="00367CF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1953EAFB" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
@@ -2798,51 +2657,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:153pt;height:2in;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:152.85pt;height:2in;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="166850DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88C8D672"/>
     <w:lvl w:ilvl="0" w:tplc="863AD7CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
@@ -3014,52 +2873,51 @@
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1781682960">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="233"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="181"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -3070,90 +2928,93 @@
     <w:rsid w:val="00097046"/>
     <w:rsid w:val="000A31AD"/>
     <w:rsid w:val="000C5FCA"/>
     <w:rsid w:val="000D1F3E"/>
     <w:rsid w:val="000D23D1"/>
     <w:rsid w:val="000E28C5"/>
     <w:rsid w:val="001021E6"/>
     <w:rsid w:val="00122A73"/>
     <w:rsid w:val="001230C2"/>
     <w:rsid w:val="0015281F"/>
     <w:rsid w:val="00164502"/>
     <w:rsid w:val="001775CF"/>
     <w:rsid w:val="00183583"/>
     <w:rsid w:val="001E1E50"/>
     <w:rsid w:val="00216D42"/>
     <w:rsid w:val="002227E9"/>
     <w:rsid w:val="00223B8C"/>
     <w:rsid w:val="00232875"/>
     <w:rsid w:val="00245938"/>
     <w:rsid w:val="00252696"/>
     <w:rsid w:val="00267CF2"/>
     <w:rsid w:val="002D2A3C"/>
     <w:rsid w:val="00301FA0"/>
     <w:rsid w:val="00311F32"/>
     <w:rsid w:val="00350000"/>
+    <w:rsid w:val="00367CF8"/>
     <w:rsid w:val="003D0B0E"/>
     <w:rsid w:val="003D3DF7"/>
     <w:rsid w:val="003E2D22"/>
     <w:rsid w:val="003F6A15"/>
     <w:rsid w:val="004107DF"/>
     <w:rsid w:val="00424EC7"/>
     <w:rsid w:val="00474DEB"/>
     <w:rsid w:val="004A4590"/>
     <w:rsid w:val="004F4F2B"/>
     <w:rsid w:val="005061BC"/>
     <w:rsid w:val="0050686E"/>
     <w:rsid w:val="0055576C"/>
     <w:rsid w:val="00580E08"/>
+    <w:rsid w:val="0059504F"/>
     <w:rsid w:val="005A42BD"/>
     <w:rsid w:val="005A7138"/>
     <w:rsid w:val="005B57C8"/>
     <w:rsid w:val="005D206C"/>
     <w:rsid w:val="005D2956"/>
     <w:rsid w:val="005D64D2"/>
     <w:rsid w:val="005E0B15"/>
     <w:rsid w:val="005F1F61"/>
     <w:rsid w:val="005F79FF"/>
     <w:rsid w:val="00616755"/>
     <w:rsid w:val="00660E68"/>
     <w:rsid w:val="006612B1"/>
     <w:rsid w:val="006650EA"/>
     <w:rsid w:val="00677677"/>
     <w:rsid w:val="00683187"/>
     <w:rsid w:val="006C1D0F"/>
     <w:rsid w:val="006F6265"/>
     <w:rsid w:val="007202E6"/>
     <w:rsid w:val="00724EC5"/>
     <w:rsid w:val="00743418"/>
     <w:rsid w:val="0075427A"/>
     <w:rsid w:val="00771043"/>
     <w:rsid w:val="007A5DED"/>
     <w:rsid w:val="007C7DF4"/>
     <w:rsid w:val="007F1B47"/>
     <w:rsid w:val="007F7FEE"/>
     <w:rsid w:val="008023ED"/>
+    <w:rsid w:val="00816F64"/>
     <w:rsid w:val="00842D2C"/>
     <w:rsid w:val="00860049"/>
     <w:rsid w:val="00870E70"/>
     <w:rsid w:val="008776F0"/>
     <w:rsid w:val="00883364"/>
     <w:rsid w:val="00883B04"/>
     <w:rsid w:val="008C1747"/>
     <w:rsid w:val="008C19D4"/>
     <w:rsid w:val="008D4377"/>
     <w:rsid w:val="008D602B"/>
     <w:rsid w:val="008E64C2"/>
     <w:rsid w:val="008E75D2"/>
     <w:rsid w:val="0096282D"/>
     <w:rsid w:val="009978B5"/>
     <w:rsid w:val="009A4C5A"/>
     <w:rsid w:val="009F6915"/>
     <w:rsid w:val="00A25435"/>
     <w:rsid w:val="00A400A0"/>
     <w:rsid w:val="00A469AD"/>
     <w:rsid w:val="00A63483"/>
     <w:rsid w:val="00A82989"/>
     <w:rsid w:val="00AB4136"/>
     <w:rsid w:val="00AF52B4"/>
     <w:rsid w:val="00B26CF7"/>
     <w:rsid w:val="00B30E73"/>
@@ -3999,68 +3860,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>663</Words>
-  <Characters>3585</Characters>
+  <Words>639</Words>
+  <Characters>3609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4240</CharactersWithSpaces>
+  <CharactersWithSpaces>4206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JOSÉ RICARDO SUTER</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>